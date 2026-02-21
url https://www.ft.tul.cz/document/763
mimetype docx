--- v0 (2025-10-11)
+++ v1 (2026-02-21)
@@ -1,4057 +1,1868 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
-  <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
-[...1 lines deleted...]
-  <Default Extension="jpeg" ContentType="image/jpeg"/>
+  <Default Extension="emf" ContentType="image/x-emf"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
+  <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
+  <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
+  <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
+  <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
+  <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
+  <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
+  <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
+  <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
+  <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
-  <Override PartName="/word/stylesWithEffects.xml" ContentType="application/vnd.ms-word.stylesWithEffects+xml"/>
-[...5 lines deleted...]
-  <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
+  <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:body>
-    <w:p w:rsidR="00910AB9" w:rsidRPr="0033592C" w:rsidRDefault="00990B53" w:rsidP="0033592C">
-[...114 lines deleted...]
-    <w:p w:rsidR="00990B53" w:rsidRPr="0033592C" w:rsidRDefault="00990B53" w:rsidP="0033592C">
+    <w:p w:rsidR="00910AB9" w:rsidRPr="00094093" w:rsidRDefault="00403513" w:rsidP="0033592C">
+      <w:pPr>
+        <w:spacing w:after="240" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Inter" w:hAnsi="Inter" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="0069515C" w:rsidRPr="00094093" w:rsidRDefault="0069515C" w:rsidP="0033592C">
+      <w:pPr>
+        <w:spacing w:after="240" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Inter" w:hAnsi="Inter" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="0069515C" w:rsidRPr="00094093" w:rsidRDefault="0069515C" w:rsidP="0033592C">
+      <w:pPr>
+        <w:spacing w:after="240" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Inter" w:hAnsi="Inter" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="0069515C" w:rsidRPr="00094093" w:rsidRDefault="0069515C" w:rsidP="0033592C">
+      <w:pPr>
+        <w:spacing w:after="240" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Inter" w:hAnsi="Inter" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="0069515C" w:rsidRPr="00094093" w:rsidRDefault="0069515C" w:rsidP="0033592C">
+      <w:pPr>
+        <w:spacing w:after="240" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Inter" w:hAnsi="Inter" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="0069515C" w:rsidRPr="00094093" w:rsidRDefault="0069515C" w:rsidP="0033592C">
+      <w:pPr>
+        <w:spacing w:after="240" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Inter" w:hAnsi="Inter" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00990B53" w:rsidRPr="00094093" w:rsidRDefault="00990B53" w:rsidP="0033592C">
       <w:pPr>
         <w:spacing w:after="240" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Inter" w:hAnsi="Inter" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="44"/>
           <w:szCs w:val="44"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00990B53" w:rsidRPr="0033592C" w:rsidRDefault="00990B53" w:rsidP="0033592C">
+    <w:p w:rsidR="00990B53" w:rsidRPr="00094093" w:rsidRDefault="00990B53" w:rsidP="0033592C">
       <w:pPr>
         <w:spacing w:after="240" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Inter" w:hAnsi="Inter" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="44"/>
           <w:szCs w:val="44"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00990B53" w:rsidRPr="0033592C" w:rsidRDefault="00990B53" w:rsidP="0033592C">
+    <w:p w:rsidR="00990B53" w:rsidRPr="00094093" w:rsidRDefault="00990B53" w:rsidP="0033592C">
       <w:pPr>
         <w:spacing w:after="240" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Inter" w:hAnsi="Inter" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="44"/>
           <w:szCs w:val="44"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="0" w:name="_GoBack"/>
-[...2 lines deleted...]
-    <w:p w:rsidR="0069515C" w:rsidRPr="0033592C" w:rsidRDefault="00990B53" w:rsidP="0033592C">
+    </w:p>
+    <w:p w:rsidR="002A072B" w:rsidRPr="00094093" w:rsidRDefault="006F3CF3" w:rsidP="0033592C">
       <w:pPr>
         <w:spacing w:after="240" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Inter" w:hAnsi="Inter" w:cs="Times New Roman"/>
           <w:b/>
+          <w:caps/>
           <w:sz w:val="48"/>
           <w:szCs w:val="48"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="0033592C">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="00094093">
+        <w:rPr>
+          <w:rFonts w:ascii="Inter" w:hAnsi="Inter" w:cs="Times New Roman"/>
           <w:b/>
+          <w:caps/>
           <w:sz w:val="48"/>
           <w:szCs w:val="48"/>
         </w:rPr>
-        <w:t>NÁZEV PRÁCE</w:t>
-[...2 lines deleted...]
-    <w:p w:rsidR="00990B53" w:rsidRPr="0033592C" w:rsidRDefault="00990B53" w:rsidP="0033592C">
+        <w:t>Název disertační práce</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00990B53" w:rsidRPr="00094093" w:rsidRDefault="00990B53" w:rsidP="0033592C">
       <w:pPr>
         <w:spacing w:after="240" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Inter" w:hAnsi="Inter" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="44"/>
           <w:szCs w:val="44"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00990B53" w:rsidRPr="0033592C" w:rsidRDefault="00990B53" w:rsidP="0033592C">
+    <w:p w:rsidR="00990B53" w:rsidRPr="00094093" w:rsidRDefault="00990B53" w:rsidP="0033592C">
       <w:pPr>
         <w:spacing w:after="240" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Inter" w:hAnsi="Inter" w:cs="Times New Roman"/>
           <w:sz w:val="44"/>
           <w:szCs w:val="44"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="0033592C">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="00094093">
+        <w:rPr>
+          <w:rFonts w:ascii="Inter" w:hAnsi="Inter" w:cs="Times New Roman"/>
           <w:sz w:val="44"/>
           <w:szCs w:val="44"/>
         </w:rPr>
         <w:t>Autor</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="0069515C" w:rsidRPr="0033592C" w:rsidRDefault="0069515C" w:rsidP="0033592C">
-[...79 lines deleted...]
-    <w:p w:rsidR="0069515C" w:rsidRPr="0033592C" w:rsidRDefault="0069515C" w:rsidP="0033592C">
+    <w:p w:rsidR="0069515C" w:rsidRPr="00094093" w:rsidRDefault="0069515C" w:rsidP="0033592C">
+      <w:pPr>
+        <w:spacing w:after="240" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Inter" w:hAnsi="Inter" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="0069515C" w:rsidRPr="00094093" w:rsidRDefault="0069515C" w:rsidP="0033592C">
+      <w:pPr>
+        <w:spacing w:after="240" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Inter" w:hAnsi="Inter" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="0069515C" w:rsidRPr="00094093" w:rsidRDefault="0069515C" w:rsidP="0033592C">
+      <w:pPr>
+        <w:spacing w:after="240" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Inter" w:hAnsi="Inter" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="0069515C" w:rsidRPr="00094093" w:rsidRDefault="0069515C" w:rsidP="0033592C">
+      <w:pPr>
+        <w:spacing w:after="240" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Inter" w:hAnsi="Inter" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="0069515C" w:rsidRPr="00094093" w:rsidRDefault="0069515C" w:rsidP="0033592C">
+      <w:pPr>
+        <w:spacing w:after="240" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Inter" w:hAnsi="Inter" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="0069515C" w:rsidRPr="00094093" w:rsidRDefault="0069515C" w:rsidP="0033592C">
+      <w:pPr>
+        <w:spacing w:after="240" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Inter" w:hAnsi="Inter" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="0069515C" w:rsidRPr="00094093" w:rsidRDefault="0069515C" w:rsidP="0033592C">
+      <w:pPr>
+        <w:spacing w:after="240" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Inter" w:hAnsi="Inter" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="0069515C" w:rsidRPr="00094093" w:rsidRDefault="0069515C" w:rsidP="0033592C">
+      <w:pPr>
+        <w:spacing w:after="240" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Inter" w:hAnsi="Inter" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="0069515C" w:rsidRPr="00094093" w:rsidRDefault="0069515C" w:rsidP="0033592C">
       <w:pPr>
         <w:spacing w:after="240" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...5 lines deleted...]
-    <w:p w:rsidR="00990B53" w:rsidRPr="0033592C" w:rsidRDefault="00990B53" w:rsidP="0033592C">
+          <w:rFonts w:ascii="Inter" w:hAnsi="Inter" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00990B53" w:rsidRPr="00094093" w:rsidRDefault="00CC4292" w:rsidP="0033592C">
       <w:pPr>
         <w:spacing w:after="240" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Inter" w:hAnsi="Inter" w:cs="Times New Roman"/>
           <w:sz w:val="44"/>
           <w:szCs w:val="44"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="0033592C">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="00094093">
+        <w:rPr>
+          <w:rFonts w:ascii="Inter" w:hAnsi="Inter" w:cs="Times New Roman"/>
           <w:sz w:val="44"/>
           <w:szCs w:val="44"/>
         </w:rPr>
-        <w:t>AUTOREFERÁT DISERTAČNÍ PRÁCE</w:t>
-[...3 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:t xml:space="preserve">Autoreferát disertační práce </w:t>
+      </w:r>
+      <w:r w:rsidR="00990B53" w:rsidRPr="00094093">
+        <w:rPr>
+          <w:rFonts w:ascii="Inter" w:hAnsi="Inter" w:cs="Times New Roman"/>
           <w:sz w:val="44"/>
           <w:szCs w:val="44"/>
         </w:rPr>
         <w:br w:type="page"/>
       </w:r>
     </w:p>
-    <w:p w:rsidR="002F7CA9" w:rsidRDefault="0026058E" w:rsidP="0026058E">
-[...15 lines deleted...]
-          <w:b/>
+    <w:p w:rsidR="001F2F8E" w:rsidRPr="00094093" w:rsidRDefault="00CC4292" w:rsidP="001F2F8E">
+      <w:pPr>
+        <w:spacing w:after="240" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Inter" w:hAnsi="Inter" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00094093">
+        <w:rPr>
+          <w:rFonts w:ascii="Inter" w:hAnsi="Inter" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
-        <w:t>Název disertační práce:</w:t>
-[...18 lines deleted...]
-          <w:b/>
+        <w:t>Název disertační práce</w:t>
+      </w:r>
+      <w:r w:rsidR="001F2F8E" w:rsidRPr="00094093">
+        <w:rPr>
+          <w:rFonts w:ascii="Inter" w:hAnsi="Inter" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="001F2F8E" w:rsidRPr="00094093" w:rsidRDefault="001F2F8E" w:rsidP="001F2F8E">
+      <w:pPr>
+        <w:spacing w:after="240" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Inter" w:hAnsi="Inter" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00094093">
+        <w:rPr>
+          <w:rFonts w:ascii="Inter" w:hAnsi="Inter" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Autor:</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="0026058E" w:rsidRDefault="0026058E" w:rsidP="0026058E">
-[...134 lines deleted...]
-          <w:b/>
+    <w:p w:rsidR="001F2F8E" w:rsidRPr="00094093" w:rsidRDefault="00CC4292" w:rsidP="001F2F8E">
+      <w:pPr>
+        <w:spacing w:after="240" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Inter" w:hAnsi="Inter" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00094093">
+        <w:rPr>
+          <w:rFonts w:ascii="Inter" w:hAnsi="Inter" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Program doktorského studia</w:t>
+      </w:r>
+      <w:r w:rsidR="001F2F8E" w:rsidRPr="00094093">
+        <w:rPr>
+          <w:rFonts w:ascii="Inter" w:hAnsi="Inter" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="0026058E" w:rsidRDefault="0026058E" w:rsidP="0033592C">
-[...31 lines deleted...]
-          <w:b/>
+    <w:p w:rsidR="001F2F8E" w:rsidRPr="00094093" w:rsidRDefault="00CC4292" w:rsidP="001F2F8E">
+      <w:pPr>
+        <w:spacing w:after="240" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Inter" w:hAnsi="Inter" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00094093">
+        <w:rPr>
+          <w:rFonts w:ascii="Inter" w:hAnsi="Inter" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Forma studia</w:t>
+      </w:r>
+      <w:r w:rsidR="001F2F8E" w:rsidRPr="00094093">
+        <w:rPr>
+          <w:rFonts w:ascii="Inter" w:hAnsi="Inter" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="0026058E" w:rsidRPr="0026058E" w:rsidRDefault="0026058E" w:rsidP="0033592C">
-[...245 lines deleted...]
-    <w:p w:rsidR="0065770C" w:rsidRPr="0033592C" w:rsidRDefault="0026058E" w:rsidP="0033592C">
+    <w:p w:rsidR="00CC4292" w:rsidRPr="00094093" w:rsidRDefault="00CC4292" w:rsidP="001F2F8E">
+      <w:pPr>
+        <w:spacing w:after="240" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Inter" w:hAnsi="Inter" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00094093">
+        <w:rPr>
+          <w:rFonts w:ascii="Inter" w:hAnsi="Inter" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Školící pracoviště</w:t>
+      </w:r>
+      <w:r w:rsidR="001F2F8E" w:rsidRPr="00094093">
+        <w:rPr>
+          <w:rFonts w:ascii="Inter" w:hAnsi="Inter" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002F7CA9" w:rsidRPr="00094093" w:rsidRDefault="00CC4292" w:rsidP="001F2F8E">
+      <w:pPr>
+        <w:spacing w:after="240" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Inter" w:hAnsi="Inter" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00094093">
+        <w:rPr>
+          <w:rFonts w:ascii="Inter" w:hAnsi="Inter" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Školitel</w:t>
+      </w:r>
+      <w:r w:rsidR="001F2F8E" w:rsidRPr="00094093">
+        <w:rPr>
+          <w:rFonts w:ascii="Inter" w:hAnsi="Inter" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00990B53" w:rsidRPr="00094093" w:rsidRDefault="00990B53" w:rsidP="0033592C">
+      <w:pPr>
+        <w:spacing w:after="240" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Inter" w:hAnsi="Inter" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="001F2F8E" w:rsidRPr="00094093" w:rsidRDefault="001F2F8E" w:rsidP="0033592C">
+      <w:pPr>
+        <w:spacing w:after="240" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Inter" w:hAnsi="Inter" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="001F2F8E" w:rsidRPr="00094093" w:rsidRDefault="001F2F8E" w:rsidP="0033592C">
+      <w:pPr>
+        <w:spacing w:after="240" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Inter" w:hAnsi="Inter" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="001F2F8E" w:rsidRPr="00094093" w:rsidRDefault="001F2F8E" w:rsidP="001F2F8E">
       <w:pPr>
         <w:spacing w:after="240" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...649 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Inter" w:hAnsi="Inter" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="001F2F8E" w:rsidRPr="00094093" w:rsidRDefault="001F2F8E" w:rsidP="001F2F8E">
+      <w:pPr>
+        <w:spacing w:after="240" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Inter" w:hAnsi="Inter" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="001F2F8E" w:rsidRPr="00094093" w:rsidRDefault="001F2F8E" w:rsidP="001F2F8E">
+      <w:pPr>
+        <w:spacing w:after="240" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Inter" w:hAnsi="Inter" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="001F2F8E" w:rsidRPr="00094093" w:rsidRDefault="001F2F8E" w:rsidP="001F2F8E">
+      <w:pPr>
+        <w:spacing w:after="240" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Inter" w:hAnsi="Inter" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="001F2F8E" w:rsidRPr="00094093" w:rsidRDefault="001F2F8E" w:rsidP="001F2F8E">
+      <w:pPr>
+        <w:spacing w:after="240" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Inter" w:hAnsi="Inter" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="001F2F8E" w:rsidRPr="00094093" w:rsidRDefault="001F2F8E" w:rsidP="001F2F8E">
+      <w:pPr>
+        <w:spacing w:after="240" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Inter" w:hAnsi="Inter" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="001F2F8E" w:rsidRPr="00094093" w:rsidRDefault="001F2F8E" w:rsidP="001F2F8E">
+      <w:pPr>
+        <w:spacing w:after="240" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Inter" w:hAnsi="Inter" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="001F2F8E" w:rsidRPr="00094093" w:rsidRDefault="001F2F8E" w:rsidP="001F2F8E">
+      <w:pPr>
+        <w:spacing w:after="240" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Inter" w:hAnsi="Inter" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00CC4292" w:rsidRPr="00094093" w:rsidRDefault="00CC4292" w:rsidP="001F2F8E">
+      <w:pPr>
+        <w:spacing w:after="240" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Inter" w:hAnsi="Inter" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="001F2F8E" w:rsidRPr="00094093" w:rsidRDefault="001F2F8E" w:rsidP="001F2F8E">
+      <w:pPr>
+        <w:spacing w:after="240" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Inter" w:hAnsi="Inter" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00CC4292" w:rsidRPr="00094093" w:rsidRDefault="00CC4292" w:rsidP="001F2F8E">
+      <w:pPr>
+        <w:spacing w:after="240" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Inter" w:hAnsi="Inter" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00CC4292" w:rsidRPr="00094093" w:rsidRDefault="00CC4292" w:rsidP="001F2F8E">
+      <w:pPr>
+        <w:spacing w:after="240" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Inter" w:hAnsi="Inter" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00641675" w:rsidRPr="00094093" w:rsidRDefault="00CC4292" w:rsidP="001F2F8E">
+      <w:pPr>
+        <w:spacing w:after="240" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Inter" w:hAnsi="Inter" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00094093">
+        <w:rPr>
+          <w:rFonts w:ascii="Inter" w:hAnsi="Inter" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Disertační práce je k dispozici na studijním oddělení doktorského studia</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00094093">
+        <w:rPr>
+          <w:rFonts w:ascii="Inter" w:hAnsi="Inter" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>Fakulty textilní Technické univerzity v Liberci</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00384DF4" w:rsidRPr="00094093" w:rsidRDefault="00384DF4" w:rsidP="0033592C">
+      <w:pPr>
+        <w:spacing w:after="240" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Inter" w:hAnsi="Inter" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00F620FA" w:rsidRPr="00094093" w:rsidRDefault="00F620FA" w:rsidP="0033592C">
+      <w:pPr>
+        <w:spacing w:after="240" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Inter" w:hAnsi="Inter" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="0065770C" w:rsidRPr="00094093" w:rsidRDefault="00990B53" w:rsidP="0033592C">
+      <w:pPr>
+        <w:spacing w:after="240" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Inter" w:hAnsi="Inter" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00094093">
+        <w:rPr>
+          <w:rFonts w:ascii="Inter" w:hAnsi="Inter" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Liberec 20</w:t>
+      </w:r>
+      <w:r w:rsidR="001F2F8E" w:rsidRPr="00094093">
+        <w:rPr>
+          <w:rFonts w:ascii="Inter" w:hAnsi="Inter" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>xx</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00990B53" w:rsidRPr="00094093" w:rsidRDefault="00990B53" w:rsidP="0033592C">
+      <w:pPr>
+        <w:spacing w:after="240" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Inter" w:hAnsi="Inter" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00094093">
+        <w:rPr>
+          <w:rFonts w:ascii="Inter" w:hAnsi="Inter" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:br w:type="page"/>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00CC4292" w:rsidRPr="00094093" w:rsidRDefault="00CC4292" w:rsidP="00CC4292">
+      <w:pPr>
+        <w:spacing w:after="240" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Inter" w:hAnsi="Inter" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="00094093">
+        <w:rPr>
+          <w:rFonts w:ascii="Inter" w:hAnsi="Inter" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
-        <w:br w:type="page"/>
-[...6 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:lastRenderedPageBreak/>
+        <w:t>Anotace</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00CC4292" w:rsidRPr="00094093" w:rsidRDefault="00CC4292" w:rsidP="00CC4292">
+      <w:pPr>
+        <w:spacing w:after="240" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Inter" w:hAnsi="Inter" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00094093">
+        <w:rPr>
+          <w:rFonts w:ascii="Inter" w:hAnsi="Inter" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>(v českém jazyce)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00CC4292" w:rsidRPr="00094093" w:rsidRDefault="00CC4292" w:rsidP="00CC4292">
+      <w:pPr>
+        <w:spacing w:after="240" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Inter" w:hAnsi="Inter" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00CC4292" w:rsidRPr="00094093" w:rsidRDefault="00CC4292" w:rsidP="00CC4292">
+      <w:pPr>
+        <w:spacing w:after="240" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Inter" w:hAnsi="Inter" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00094093">
+        <w:rPr>
+          <w:rFonts w:ascii="Inter" w:hAnsi="Inter" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Klíčová slova:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00CC4292" w:rsidRPr="00094093" w:rsidRDefault="00CC4292" w:rsidP="00CC4292">
+      <w:pPr>
+        <w:spacing w:after="240" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Inter" w:hAnsi="Inter" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00094093">
+        <w:rPr>
+          <w:rFonts w:ascii="Inter" w:hAnsi="Inter" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>(v českém jazyce)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00CC4292" w:rsidRPr="00094093" w:rsidRDefault="00CC4292" w:rsidP="00CC4292">
+      <w:pPr>
+        <w:spacing w:after="240" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Inter" w:hAnsi="Inter" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00DF3DF7" w:rsidRPr="00094093" w:rsidRDefault="00DF3DF7" w:rsidP="00DF3DF7">
+      <w:pPr>
+        <w:spacing w:after="240" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Inter" w:hAnsi="Inter" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="0033592C">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00094093">
+        <w:rPr>
+          <w:rFonts w:ascii="Inter" w:hAnsi="Inter" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
-[...17 lines deleted...]
-        </w:rPr>
         <w:t>A</w:t>
       </w:r>
-      <w:r w:rsidR="00990B53" w:rsidRPr="0033592C">
-[...100 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidR="0047572F" w:rsidRPr="00094093">
+        <w:rPr>
+          <w:rFonts w:ascii="Inter" w:hAnsi="Inter" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
-      </w:pPr>
+        <w:t>bstract</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+    </w:p>
+    <w:p w:rsidR="00DF3DF7" w:rsidRPr="00094093" w:rsidRDefault="00CC4292" w:rsidP="00DF3DF7">
+      <w:pPr>
+        <w:spacing w:after="240" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Inter" w:hAnsi="Inter" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00094093">
+        <w:rPr>
+          <w:rFonts w:ascii="Inter" w:hAnsi="Inter" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>(</w:t>
+      </w:r>
+      <w:r w:rsidR="005B1F7E" w:rsidRPr="00094093">
+        <w:rPr>
+          <w:rFonts w:ascii="Inter" w:hAnsi="Inter" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">in </w:t>
+      </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="0033592C">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidR="005B1F7E" w:rsidRPr="00094093">
+        <w:rPr>
+          <w:rFonts w:ascii="Inter" w:hAnsi="Inter" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>English</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00094093">
+        <w:rPr>
+          <w:rFonts w:ascii="Inter" w:hAnsi="Inter" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00DF3DF7" w:rsidRPr="00094093" w:rsidRDefault="00DF3DF7" w:rsidP="00DF3DF7">
+      <w:pPr>
+        <w:spacing w:after="240" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Inter" w:hAnsi="Inter" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00DF3DF7" w:rsidRPr="00094093" w:rsidRDefault="00DF3DF7" w:rsidP="00DF3DF7">
+      <w:pPr>
+        <w:spacing w:after="240" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Inter" w:hAnsi="Inter" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00094093">
+        <w:rPr>
+          <w:rFonts w:ascii="Inter" w:hAnsi="Inter" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Keywords</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00094093">
+        <w:rPr>
+          <w:rFonts w:ascii="Inter" w:hAnsi="Inter" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00CC4292" w:rsidRPr="00094093" w:rsidRDefault="00CC4292" w:rsidP="00CC4292">
+      <w:pPr>
+        <w:spacing w:after="240" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Inter" w:hAnsi="Inter" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00094093">
+        <w:rPr>
+          <w:rFonts w:ascii="Inter" w:hAnsi="Inter" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">(in </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00094093">
+        <w:rPr>
+          <w:rFonts w:ascii="Inter" w:hAnsi="Inter" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>English</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00094093">
+        <w:rPr>
+          <w:rFonts w:ascii="Inter" w:hAnsi="Inter" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00DF3DF7" w:rsidRPr="00094093" w:rsidRDefault="00DF3DF7" w:rsidP="0033592C">
+      <w:pPr>
+        <w:spacing w:after="240" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Inter" w:hAnsi="Inter" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
-        <w:t>A</w:t>
-[...3 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00DF3DF7" w:rsidRPr="00094093" w:rsidRDefault="00DF3DF7" w:rsidP="0033592C">
+      <w:pPr>
+        <w:spacing w:after="240" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Inter" w:hAnsi="Inter" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
-        <w:t>bstract</w:t>
-[...100 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00DF3DF7" w:rsidRPr="00094093" w:rsidRDefault="00DF3DF7" w:rsidP="0033592C">
+      <w:pPr>
+        <w:spacing w:after="240" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Inter" w:hAnsi="Inter" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="0033592C">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+    </w:p>
+    <w:p w:rsidR="00397857" w:rsidRPr="00094093" w:rsidRDefault="00397857" w:rsidP="0033592C">
+      <w:pPr>
+        <w:spacing w:after="240" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Inter" w:hAnsi="Inter" w:cs="Times New Roman"/>
           <w:b/>
-          <w:sz w:val="32"/>
-[...9 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00397857" w:rsidRPr="00094093" w:rsidRDefault="00397857" w:rsidP="0033592C">
+      <w:pPr>
+        <w:spacing w:after="240" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Inter" w:hAnsi="Inter" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="0033592C">
-[...13 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+    </w:p>
+    <w:p w:rsidR="00397857" w:rsidRPr="00094093" w:rsidRDefault="00397857" w:rsidP="0033592C">
+      <w:pPr>
+        <w:spacing w:after="240" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Inter" w:hAnsi="Inter" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00FC592F" w:rsidRPr="0033592C" w:rsidRDefault="00FC592F" w:rsidP="0033592C">
-[...52 lines deleted...]
-    <w:p w:rsidR="00FC592F" w:rsidRPr="0033592C" w:rsidRDefault="00990B53" w:rsidP="0033592C">
+    <w:p w:rsidR="00FC592F" w:rsidRPr="00094093" w:rsidRDefault="00990B53" w:rsidP="0033592C">
       <w:pPr>
         <w:pStyle w:val="Nadpis1"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="0"/>
         </w:numPr>
         <w:spacing w:after="240"/>
         <w:rPr>
+          <w:rFonts w:ascii="Inter" w:hAnsi="Inter"/>
           <w:b w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="0033592C">
-        <w:rPr>
+      <w:r w:rsidRPr="00094093">
+        <w:rPr>
+          <w:rFonts w:ascii="Inter" w:hAnsi="Inter"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:br w:type="page"/>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00C1752D" w:rsidRPr="0033592C" w:rsidRDefault="0065770C" w:rsidP="0033592C">
-[...3 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+    <w:p w:rsidR="00174AFD" w:rsidRPr="00094093" w:rsidRDefault="00EA0A33" w:rsidP="00EA0A33">
+      <w:pPr>
+        <w:spacing w:after="240" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Inter" w:hAnsi="Inter" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="0033592C">
-[...2 lines deleted...]
-          <w:b/>
+      <w:r w:rsidRPr="00094093">
+        <w:rPr>
+          <w:rFonts w:ascii="Inter" w:hAnsi="Inter" w:cs="Times New Roman"/>
+          <w:bCs/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:t>Obsah</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00C1752D" w:rsidRPr="0033592C" w:rsidRDefault="00C1752D" w:rsidP="0033592C">
-[...19 lines deleted...]
-          <w:noProof/>
+    <w:p w:rsidR="00EA0A33" w:rsidRPr="00094093" w:rsidRDefault="00174AFD" w:rsidP="00094093">
+      <w:pPr>
+        <w:pStyle w:val="Odstavecseseznamem"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="16"/>
+        </w:numPr>
+        <w:spacing w:after="120" w:line="300" w:lineRule="auto"/>
+        <w:ind w:left="357" w:hanging="357"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Inter" w:hAnsi="Inter" w:cs="Arial"/>
+          <w:b/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00094093">
+        <w:rPr>
+          <w:rFonts w:ascii="Inter" w:hAnsi="Inter" w:cs="Arial"/>
+          <w:b/>
+        </w:rPr>
+        <w:t>Úvod</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00174AFD" w:rsidRPr="00094093" w:rsidRDefault="00174AFD" w:rsidP="00094093">
+      <w:pPr>
+        <w:spacing w:after="120" w:line="300" w:lineRule="auto"/>
+        <w:ind w:left="357"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Inter" w:hAnsi="Inter" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00094093">
+        <w:rPr>
+          <w:rFonts w:ascii="Inter" w:hAnsi="Inter" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>Stručné uvedení do zkoumané problematiky a vymezení motivace práce.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00174AFD" w:rsidRPr="00094093" w:rsidRDefault="00174AFD" w:rsidP="00094093">
+      <w:pPr>
+        <w:pStyle w:val="Odstavecseseznamem"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="16"/>
+        </w:numPr>
+        <w:spacing w:after="120" w:line="300" w:lineRule="auto"/>
+        <w:ind w:left="357" w:hanging="357"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Inter" w:hAnsi="Inter" w:cs="Arial"/>
+          <w:b/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00094093">
+        <w:rPr>
+          <w:rFonts w:ascii="Inter" w:hAnsi="Inter" w:cs="Arial"/>
+          <w:b/>
+        </w:rPr>
+        <w:t>Předmět a cíle disertační práce</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00EA0A33" w:rsidRPr="00094093" w:rsidRDefault="00174AFD" w:rsidP="00094093">
+      <w:pPr>
+        <w:pStyle w:val="Odstavecseseznamem"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="16"/>
+        </w:numPr>
+        <w:spacing w:after="120" w:line="300" w:lineRule="auto"/>
+        <w:ind w:left="357" w:hanging="357"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Inter" w:hAnsi="Inter" w:cs="Arial"/>
+          <w:b/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00094093">
+        <w:rPr>
+          <w:rFonts w:ascii="Inter" w:hAnsi="Inter" w:cs="Arial"/>
+          <w:b/>
+        </w:rPr>
+        <w:t>Přehled současného stavu poznání</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00174AFD" w:rsidRPr="00094093" w:rsidRDefault="00174AFD" w:rsidP="00094093">
+      <w:pPr>
+        <w:spacing w:after="120" w:line="300" w:lineRule="auto"/>
+        <w:ind w:left="357"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Inter" w:hAnsi="Inter" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00094093">
+        <w:rPr>
+          <w:rFonts w:ascii="Inter" w:hAnsi="Inter" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>Stručný přehled aktuálního stavu řešené problematiky s odkazy na použité zdroje</w:t>
+      </w:r>
+      <w:r w:rsidR="000371AE">
+        <w:rPr>
+          <w:rFonts w:ascii="Inter" w:hAnsi="Inter" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00094093" w:rsidRPr="00094093" w:rsidRDefault="00174AFD" w:rsidP="00094093">
+      <w:pPr>
+        <w:pStyle w:val="Odstavecseseznamem"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="16"/>
+        </w:numPr>
+        <w:spacing w:after="120" w:line="300" w:lineRule="auto"/>
+        <w:ind w:left="357" w:hanging="357"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Inter" w:hAnsi="Inter" w:cs="Arial"/>
+          <w:b/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00094093">
+        <w:rPr>
+          <w:rFonts w:ascii="Inter" w:hAnsi="Inter" w:cs="Arial"/>
+          <w:b/>
+        </w:rPr>
+        <w:t>Experimentální část</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00094093" w:rsidRPr="00094093" w:rsidRDefault="00174AFD" w:rsidP="00094093">
+      <w:pPr>
+        <w:spacing w:after="120" w:line="300" w:lineRule="auto"/>
+        <w:ind w:left="357"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Inter" w:hAnsi="Inter" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00094093">
+        <w:rPr>
+          <w:rFonts w:ascii="Inter" w:hAnsi="Inter" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>Použité metody, popis experimentálních materiálů, prezentace a diskuse původních výsledků autora.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00174AFD" w:rsidRPr="00094093" w:rsidRDefault="000371AE" w:rsidP="00094093">
+      <w:pPr>
+        <w:spacing w:after="120" w:line="300" w:lineRule="auto"/>
+        <w:ind w:left="357"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Inter" w:hAnsi="Inter" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Inter" w:hAnsi="Inter" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>Doporučení na pokračování práce v daném tématu a oboru</w:t>
+      </w:r>
+      <w:r w:rsidR="00174AFD" w:rsidRPr="00094093">
+        <w:rPr>
+          <w:rFonts w:ascii="Inter" w:hAnsi="Inter" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00094093" w:rsidRPr="00094093" w:rsidRDefault="00174AFD" w:rsidP="00094093">
+      <w:pPr>
+        <w:pStyle w:val="Odstavecseseznamem"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="16"/>
+        </w:numPr>
+        <w:spacing w:after="120" w:line="300" w:lineRule="auto"/>
+        <w:ind w:left="357" w:hanging="357"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Inter" w:hAnsi="Inter" w:cs="Arial"/>
+          <w:b/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00094093">
+        <w:rPr>
+          <w:rFonts w:ascii="Inter" w:hAnsi="Inter" w:cs="Arial"/>
+          <w:b/>
+        </w:rPr>
+        <w:t>Seznam literatury</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00174AFD" w:rsidRPr="00094093" w:rsidRDefault="00174AFD" w:rsidP="00094093">
+      <w:pPr>
+        <w:spacing w:after="120" w:line="300" w:lineRule="auto"/>
+        <w:ind w:left="357"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Inter" w:hAnsi="Inter" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00094093">
+        <w:rPr>
+          <w:rFonts w:ascii="Inter" w:hAnsi="Inter" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>Seznam použité literatury zpracovaný v souladu s požadavky na disertační práci.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00094093" w:rsidRPr="00094093" w:rsidRDefault="00174AFD" w:rsidP="00094093">
+      <w:pPr>
+        <w:pStyle w:val="Odstavecseseznamem"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="16"/>
+        </w:numPr>
+        <w:spacing w:after="120" w:line="300" w:lineRule="auto"/>
+        <w:ind w:left="357" w:hanging="357"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Inter" w:hAnsi="Inter" w:cs="Arial"/>
+          <w:b/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00094093">
+        <w:rPr>
+          <w:rFonts w:ascii="Inter" w:hAnsi="Inter" w:cs="Arial"/>
+          <w:b/>
+        </w:rPr>
+        <w:t>Seznam publikací autora vztahujících se k řešené problematice</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00174AFD" w:rsidRPr="00094093" w:rsidRDefault="00174AFD" w:rsidP="00094093">
+      <w:pPr>
+        <w:spacing w:after="120" w:line="300" w:lineRule="auto"/>
+        <w:ind w:left="357"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Inter" w:hAnsi="Inter" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00094093">
+        <w:rPr>
+          <w:rFonts w:ascii="Inter" w:hAnsi="Inter" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Přehled publikovaných prací autora. Uvedení citačních ohlasů z nejvýznamnějších citačních databází (např. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00094093">
+        <w:rPr>
+          <w:rFonts w:ascii="Inter" w:hAnsi="Inter" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Web </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00094093">
+        <w:rPr>
+          <w:rFonts w:ascii="Inter" w:hAnsi="Inter" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>of</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00094093">
+        <w:rPr>
+          <w:rFonts w:ascii="Inter" w:hAnsi="Inter" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Science</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00094093">
+        <w:rPr>
+          <w:rFonts w:ascii="Inter" w:hAnsi="Inter" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00094093">
+        <w:rPr>
+          <w:rFonts w:ascii="Inter" w:hAnsi="Inter" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>Scopus</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00094093">
+        <w:rPr>
+          <w:rFonts w:ascii="Inter" w:hAnsi="Inter" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00094093" w:rsidRPr="00094093" w:rsidRDefault="00174AFD" w:rsidP="00094093">
+      <w:pPr>
+        <w:pStyle w:val="Odstavecseseznamem"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="16"/>
+        </w:numPr>
+        <w:spacing w:after="120" w:line="300" w:lineRule="auto"/>
+        <w:ind w:left="357" w:hanging="357"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Inter" w:hAnsi="Inter" w:cs="Arial"/>
+          <w:b/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00094093">
+        <w:rPr>
+          <w:rFonts w:ascii="Inter" w:hAnsi="Inter" w:cs="Arial"/>
+          <w:b/>
+        </w:rPr>
+        <w:t>Stručná charakteristika dosavadní odborné, výzkumné a vědecké činnosti</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00174AFD" w:rsidRPr="00094093" w:rsidRDefault="00174AFD" w:rsidP="00094093">
+      <w:pPr>
+        <w:spacing w:after="120" w:line="300" w:lineRule="auto"/>
+        <w:ind w:left="357"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Inter" w:hAnsi="Inter" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00094093">
+        <w:rPr>
+          <w:rFonts w:ascii="Inter" w:hAnsi="Inter" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>Informace o doktorském studiu, pedagogické činnosti, výzkumných projektech či jiných projektech, na nichž se doktorand podílel.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00094093" w:rsidRPr="00094093" w:rsidRDefault="00174AFD" w:rsidP="00094093">
+      <w:pPr>
+        <w:pStyle w:val="Odstavecseseznamem"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="16"/>
+        </w:numPr>
+        <w:spacing w:after="120" w:line="300" w:lineRule="auto"/>
+        <w:ind w:left="357" w:hanging="357"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Inter" w:hAnsi="Inter" w:cs="Arial"/>
+          <w:b/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00094093">
+        <w:rPr>
+          <w:rFonts w:ascii="Inter" w:hAnsi="Inter" w:cs="Arial"/>
+          <w:b/>
+        </w:rPr>
+        <w:t>Životopis (Curriculum Vitae)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00174AFD" w:rsidRPr="00094093" w:rsidRDefault="00174AFD" w:rsidP="00094093">
+      <w:pPr>
+        <w:spacing w:after="120" w:line="300" w:lineRule="auto"/>
+        <w:ind w:left="357"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Inter" w:hAnsi="Inter" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00094093">
+        <w:rPr>
+          <w:rFonts w:ascii="Inter" w:hAnsi="Inter" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>Stručný strukturovaný životopis obsahující zejména osobní údaje, vzdělání, odborné dovednosti a znalosti a případně pracovní zkušenosti.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00094093" w:rsidRPr="00094093" w:rsidRDefault="00174AFD" w:rsidP="00174AFD">
+      <w:pPr>
+        <w:pStyle w:val="Normlnweb"/>
+        <w:rPr>
+          <w:rStyle w:val="Siln"/>
+          <w:rFonts w:ascii="Inter" w:hAnsi="Inter"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
-          <w:lang w:eastAsia="cs-CZ"/>
-[...36 lines deleted...]
-          <w:noProof/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00094093">
+        <w:rPr>
+          <w:rStyle w:val="Siln"/>
+          <w:rFonts w:ascii="Inter" w:hAnsi="Inter"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
-          <w:lang w:eastAsia="cs-CZ"/>
-[...60 lines deleted...]
-          <w:noProof/>
+        </w:rPr>
+        <w:t>Doporučení školitele</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00174AFD" w:rsidRPr="00094093" w:rsidRDefault="00174AFD" w:rsidP="00094093">
+      <w:pPr>
+        <w:spacing w:after="120" w:line="300" w:lineRule="auto"/>
+        <w:ind w:left="357"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Inter" w:hAnsi="Inter" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00094093">
+        <w:rPr>
+          <w:rFonts w:ascii="Inter" w:hAnsi="Inter" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>Soubor bude nahrán studijním oddělením.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00094093" w:rsidRPr="00094093" w:rsidRDefault="00174AFD" w:rsidP="00174AFD">
+      <w:pPr>
+        <w:pStyle w:val="Normlnweb"/>
+        <w:rPr>
+          <w:rStyle w:val="Siln"/>
+          <w:rFonts w:ascii="Inter" w:hAnsi="Inter"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
-          <w:lang w:eastAsia="cs-CZ"/>
-[...15 lines deleted...]
-          <w:noProof/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00094093">
+        <w:rPr>
+          <w:rStyle w:val="Siln"/>
+          <w:rFonts w:ascii="Inter" w:hAnsi="Inter"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Posudky oponentů</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00174AFD" w:rsidRPr="00094093" w:rsidRDefault="00174AFD" w:rsidP="00094093">
+      <w:pPr>
+        <w:spacing w:after="120" w:line="300" w:lineRule="auto"/>
+        <w:ind w:left="357"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Inter" w:hAnsi="Inter" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00094093">
+        <w:rPr>
+          <w:rFonts w:ascii="Inter" w:hAnsi="Inter" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>Soubory budou nahrány studijním oddělením.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000371AE" w:rsidRDefault="000371AE">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
           <w:lang w:eastAsia="cs-CZ"/>
         </w:rPr>
-        <w:tab/>
-      </w:r>
+      </w:pPr>
       <w:r>
-        <w:rPr>
-[...55 lines deleted...]
-          <w:noProof/>
+        <w:br w:type="page"/>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00534359" w:rsidRPr="00534359" w:rsidRDefault="00534359" w:rsidP="00635641">
+      <w:pPr>
+        <w:pStyle w:val="Normlnweb"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Inter" w:hAnsi="Inter"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
-          <w:lang w:eastAsia="cs-CZ"/>
-[...15 lines deleted...]
-          <w:noProof/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00534359">
+        <w:rPr>
+          <w:rFonts w:ascii="Inter" w:hAnsi="Inter"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
-          <w:lang w:eastAsia="cs-CZ"/>
-[...60 lines deleted...]
-          <w:noProof/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>Hlavním účelem autoreferátu disertační práce je poskytnout komplexní, systematicky strukturovaný a odborně vymezený přehled výzkumu realizovaného v průběhu doktorského studia, a to zejména pro potřeby členů zkušební komise. Autoreferát představuje ucelenou prezentaci výzkumných aktivit doktoranda uskutečněných během studia.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00534359" w:rsidRPr="00534359" w:rsidRDefault="00534359" w:rsidP="00635641">
+      <w:pPr>
+        <w:pStyle w:val="Normlnweb"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Inter" w:hAnsi="Inter"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
-          <w:lang w:eastAsia="cs-CZ"/>
-[...15 lines deleted...]
-          <w:noProof/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00534359">
+        <w:rPr>
+          <w:rFonts w:ascii="Inter" w:hAnsi="Inter"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
-          <w:lang w:eastAsia="cs-CZ"/>
-[...60 lines deleted...]
-          <w:noProof/>
+        </w:rPr>
+        <w:t>Obsah autoreferátu je zaměřen výhradně na vlastní vědeckou práci autora, zahrnující teoretické analýzy, experimentální činnost, měření, zpracování dat a interpretaci dosažených výsledků. Z předloženého textu musí být jednoznačně patrný rozsah, hloubka a originalita přínosu autora k rozvoji příslušného vědního oboru.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00635641" w:rsidRDefault="00534359" w:rsidP="00635641">
+      <w:pPr>
+        <w:pStyle w:val="Normlnweb"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Inter" w:hAnsi="Inter"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
-          <w:lang w:eastAsia="cs-CZ"/>
-[...15 lines deleted...]
-          <w:noProof/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="0" w:name="_GoBack"/>
+      <w:r w:rsidRPr="00534359">
+        <w:rPr>
+          <w:rFonts w:ascii="Inter" w:hAnsi="Inter"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
-          <w:lang w:eastAsia="cs-CZ"/>
-[...60 lines deleted...]
-          <w:noProof/>
+        </w:rPr>
+        <w:t>V autoreferátu nejsou uváděny obecné informace, všeobecně známá fakta ani standardní teoretická východiska. Důraz je kladen výhradně na prezentaci vlastního výzkumu, jeho metodologického ukotvení, průběhu a dosažených výsledků.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00174AFD" w:rsidRPr="000371AE" w:rsidRDefault="00174AFD" w:rsidP="00534359">
+      <w:pPr>
+        <w:pStyle w:val="Normlnweb"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Inter" w:hAnsi="Inter"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
-          <w:lang w:eastAsia="cs-CZ"/>
-[...15 lines deleted...]
-          <w:noProof/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000371AE">
+        <w:rPr>
+          <w:rFonts w:ascii="Inter" w:hAnsi="Inter"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
-          <w:lang w:eastAsia="cs-CZ"/>
-[...1477 lines deleted...]
-      <w:footerReference w:type="default" r:id="rId9"/>
+        </w:rPr>
+        <w:t>Doporučený rozsah: 40–80 stran.</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="0"/>
+    </w:p>
+    <w:sectPr w:rsidR="00174AFD" w:rsidRPr="000371AE" w:rsidSect="002F0B99">
+      <w:footerReference w:type="default" r:id="rId8"/>
+      <w:headerReference w:type="first" r:id="rId9"/>
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="1417" w:right="1417" w:bottom="1417" w:left="1417" w:header="708" w:footer="708" w:gutter="0"/>
       <w:pgNumType w:start="1"/>
       <w:cols w:space="708"/>
+      <w:titlePg/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w:rsidR="006E5C8B" w:rsidRDefault="006E5C8B" w:rsidP="00EC6B3B">
+    <w:p w:rsidR="00403513" w:rsidRDefault="00403513" w:rsidP="00EC6B3B">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w:rsidR="006E5C8B" w:rsidRDefault="006E5C8B" w:rsidP="00EC6B3B">
+    <w:p w:rsidR="00403513" w:rsidRDefault="00403513" w:rsidP="00EC6B3B">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
-    <w:charset w:val="EE"/>
+    <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="EE"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E0002AFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="EE"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="EE"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Tahoma">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="EE"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
   </w:font>
+  <w:font w:name="Inter">
+    <w:panose1 w:val="02000503000000020004"/>
+    <w:charset w:val="EE"/>
+    <w:family w:val="auto"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E0000AFF" w:usb1="5200A1FF" w:usb2="00000021" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Arial">
+    <w:panose1 w:val="020B0604020202020204"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+  </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:sdt>
     <w:sdtPr>
       <w:id w:val="24037463"/>
       <w:docPartObj>
         <w:docPartGallery w:val="Page Numbers (Bottom of Page)"/>
         <w:docPartUnique/>
       </w:docPartObj>
     </w:sdtPr>
+    <w:sdtEndPr/>
     <w:sdtContent>
-      <w:p w:rsidR="00EC6B3B" w:rsidRDefault="00646B5A" w:rsidP="0033592C">
+      <w:p w:rsidR="00EC6B3B" w:rsidRDefault="00EF5769" w:rsidP="0033592C">
         <w:pPr>
           <w:pStyle w:val="Zpat"/>
           <w:jc w:val="center"/>
         </w:pPr>
         <w:r w:rsidRPr="00322AD0">
           <w:rPr>
             <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r w:rsidR="0087406F" w:rsidRPr="00322AD0">
           <w:rPr>
             <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           </w:rPr>
           <w:instrText xml:space="preserve"> PAGE   \* MERGEFORMAT </w:instrText>
         </w:r>
         <w:r w:rsidRPr="00322AD0">
           <w:rPr>
             <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
-        <w:r w:rsidR="00B21226">
+        <w:r w:rsidR="00761E42">
           <w:rPr>
             <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             <w:noProof/>
           </w:rPr>
           <w:t>5</w:t>
         </w:r>
         <w:r w:rsidRPr="00322AD0">
           <w:rPr>
             <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             <w:noProof/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:p>
     </w:sdtContent>
   </w:sdt>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w:rsidR="006E5C8B" w:rsidRDefault="006E5C8B" w:rsidP="00EC6B3B">
+    <w:p w:rsidR="00403513" w:rsidRDefault="00403513" w:rsidP="00EC6B3B">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w:rsidR="006E5C8B" w:rsidRDefault="006E5C8B" w:rsidP="00EC6B3B">
+    <w:p w:rsidR="00403513" w:rsidRDefault="00403513" w:rsidP="00EC6B3B">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
+<file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
+  <w:p w:rsidR="002F0B99" w:rsidRDefault="00EA0A33">
+    <w:pPr>
+      <w:pStyle w:val="Zhlav"/>
+    </w:pPr>
+    <w:r>
+      <w:rPr>
+        <w:noProof/>
+        <w:lang w:eastAsia="cs-CZ"/>
+      </w:rPr>
+      <w:drawing>
+        <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251659264" behindDoc="0" locked="1" layoutInCell="1" allowOverlap="1" wp14:anchorId="5BF22959" wp14:editId="74292A99">
+          <wp:simplePos x="0" y="0"/>
+          <wp:positionH relativeFrom="page">
+            <wp:posOffset>899795</wp:posOffset>
+          </wp:positionH>
+          <wp:positionV relativeFrom="page">
+            <wp:posOffset>448945</wp:posOffset>
+          </wp:positionV>
+          <wp:extent cx="6077523" cy="792000"/>
+          <wp:effectExtent l="0" t="0" r="0" b="8255"/>
+          <wp:wrapNone/>
+          <wp:docPr id="1" name="Picture 1"/>
+          <wp:cNvGraphicFramePr>
+            <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
+          </wp:cNvGraphicFramePr>
+          <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+            <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+              <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                <pic:nvPicPr>
+                  <pic:cNvPr id="1" name="Picture 1"/>
+                  <pic:cNvPicPr/>
+                </pic:nvPicPr>
+                <pic:blipFill>
+                  <a:blip r:embed="rId1">
+                    <a:extLst>
+                      <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                        <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+                      </a:ext>
+                    </a:extLst>
+                  </a:blip>
+                  <a:stretch>
+                    <a:fillRect/>
+                  </a:stretch>
+                </pic:blipFill>
+                <pic:spPr>
+                  <a:xfrm>
+                    <a:off x="0" y="0"/>
+                    <a:ext cx="6077523" cy="792000"/>
+                  </a:xfrm>
+                  <a:prstGeom prst="rect">
+                    <a:avLst/>
+                  </a:prstGeom>
+                </pic:spPr>
+              </pic:pic>
+            </a:graphicData>
+          </a:graphic>
+          <wp14:sizeRelH relativeFrom="margin">
+            <wp14:pctWidth>0</wp14:pctWidth>
+          </wp14:sizeRelH>
+          <wp14:sizeRelV relativeFrom="margin">
+            <wp14:pctHeight>0</wp14:pctHeight>
+          </wp14:sizeRelV>
+        </wp:anchor>
+      </w:drawing>
+    </w:r>
+  </w:p>
+</w:hdr>
+</file>
+
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="0">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
+  <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="0AF2073C"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="7CDED8C4"/>
     <w:lvl w:ilvl="0" w:tplc="0405000F">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04050019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0405001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
@@ -4093,51 +1904,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04050019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0405001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="1">
+  <w:abstractNum w:abstractNumId="1" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="21B14DF8"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="422CE2B0"/>
     <w:lvl w:ilvl="0" w:tplc="0405000F">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04050019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0405001B" w:tentative="1">
@@ -4182,51 +1993,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04050019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0405001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="2">
+  <w:abstractNum w:abstractNumId="2" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="41E81688"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="9F0C1D0E"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:pStyle w:val="Nadpis1"/>
       <w:lvlText w:val="%1"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="432" w:hanging="432"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:pStyle w:val="Nadpis2"/>
       <w:lvlText w:val="%1.%2"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="576" w:hanging="576"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
@@ -4280,51 +2091,223 @@
       <w:pPr>
         <w:ind w:left="1296" w:hanging="1296"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:pStyle w:val="Nadpis8"/>
       <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="1440"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:pStyle w:val="Nadpis9"/>
       <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8.%9"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1584" w:hanging="1584"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="3">
+  <w:abstractNum w:abstractNumId="3" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="4B623E63"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="3BB4DC26"/>
+    <w:lvl w:ilvl="0" w:tplc="0405000F">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04050019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="0405001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0405000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04050019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="0405001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0405000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04050019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0405001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="4" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="4F146F40"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="0405001F"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="360" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="792" w:hanging="432"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1224" w:hanging="504"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3.%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1728" w:hanging="648"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2232" w:hanging="792"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5.%6."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2736" w:hanging="936"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3240" w:hanging="1080"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3744" w:hanging="1224"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8.%9."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="1440"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="5" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="544D4AFD"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="14544F7C"/>
     <w:lvl w:ilvl="0" w:tplc="F93C0A80">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="-"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04050003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
@@ -4390,375 +2373,774 @@
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04050003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04050005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="6" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="68473D49"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="B3647C3C"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="720"/>
+        </w:tabs>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1440"/>
+        </w:tabs>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2160"/>
+        </w:tabs>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2880"/>
+        </w:tabs>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="3600"/>
+        </w:tabs>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="4320"/>
+        </w:tabs>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5040"/>
+        </w:tabs>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5760"/>
+        </w:tabs>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="6480"/>
+        </w:tabs>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="2"/>
   </w:num>
   <w:num w:numId="4">
-    <w:abstractNumId w:val="3"/>
+    <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="2"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="2"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
   <w:num w:numId="8">
     <w:abstractNumId w:val="2"/>
   </w:num>
   <w:num w:numId="9">
     <w:abstractNumId w:val="2"/>
   </w:num>
   <w:num w:numId="10">
     <w:abstractNumId w:val="2"/>
   </w:num>
   <w:num w:numId="11">
     <w:abstractNumId w:val="2"/>
   </w:num>
   <w:num w:numId="12">
     <w:abstractNumId w:val="2"/>
   </w:num>
   <w:num w:numId="13">
     <w:abstractNumId w:val="2"/>
   </w:num>
   <w:num w:numId="14">
-    <w:abstractNumId w:val="2"/>
+    <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="15">
-    <w:abstractNumId w:val="2"/>
+    <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="16">
-    <w:abstractNumId w:val="2"/>
-[...5 lines deleted...]
-    <w:abstractNumId w:val="2"/>
+    <w:abstractNumId w:val="3"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid">
   <w:zoom w:percent="80"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
-  <w:compat/>
+  <w:compat>
+    <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
+    <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+  </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="002F7CA9"/>
-    <w:rsid w:val="000D6C28"/>
+    <w:rsid w:val="000371AE"/>
+    <w:rsid w:val="00044117"/>
+    <w:rsid w:val="00062365"/>
+    <w:rsid w:val="00073806"/>
+    <w:rsid w:val="00094093"/>
+    <w:rsid w:val="000D2F51"/>
     <w:rsid w:val="000E7580"/>
+    <w:rsid w:val="00105909"/>
+    <w:rsid w:val="0010618A"/>
+    <w:rsid w:val="00174AFD"/>
+    <w:rsid w:val="00186751"/>
+    <w:rsid w:val="001F2F8E"/>
+    <w:rsid w:val="0020694E"/>
     <w:rsid w:val="00225C4A"/>
     <w:rsid w:val="00226654"/>
-    <w:rsid w:val="0026058E"/>
+    <w:rsid w:val="00237533"/>
+    <w:rsid w:val="0027015B"/>
+    <w:rsid w:val="00274F94"/>
     <w:rsid w:val="00283AD8"/>
+    <w:rsid w:val="002A072B"/>
+    <w:rsid w:val="002B089D"/>
+    <w:rsid w:val="002E2080"/>
+    <w:rsid w:val="002F0B99"/>
     <w:rsid w:val="002F4FBE"/>
     <w:rsid w:val="002F7CA9"/>
     <w:rsid w:val="00322AD0"/>
-    <w:rsid w:val="00334438"/>
+    <w:rsid w:val="00330EC1"/>
     <w:rsid w:val="0033592C"/>
     <w:rsid w:val="00361F24"/>
     <w:rsid w:val="00384DF4"/>
     <w:rsid w:val="00390953"/>
     <w:rsid w:val="00397857"/>
+    <w:rsid w:val="003C0B47"/>
+    <w:rsid w:val="00403513"/>
+    <w:rsid w:val="00421F0E"/>
+    <w:rsid w:val="0047572F"/>
     <w:rsid w:val="00512E56"/>
     <w:rsid w:val="00515147"/>
     <w:rsid w:val="005169DF"/>
     <w:rsid w:val="00516E31"/>
+    <w:rsid w:val="00534359"/>
     <w:rsid w:val="00552941"/>
-    <w:rsid w:val="0056636C"/>
+    <w:rsid w:val="00597FBF"/>
+    <w:rsid w:val="005B1F7E"/>
     <w:rsid w:val="005D280C"/>
-    <w:rsid w:val="00646B5A"/>
+    <w:rsid w:val="00635641"/>
+    <w:rsid w:val="00641675"/>
     <w:rsid w:val="0065770C"/>
     <w:rsid w:val="0069515C"/>
     <w:rsid w:val="006A31A9"/>
     <w:rsid w:val="006D254E"/>
-    <w:rsid w:val="006E5C8B"/>
-[...1 lines deleted...]
-    <w:rsid w:val="00737E71"/>
+    <w:rsid w:val="006E0106"/>
+    <w:rsid w:val="006F3CF3"/>
+    <w:rsid w:val="00732409"/>
     <w:rsid w:val="00750C40"/>
+    <w:rsid w:val="00761E42"/>
+    <w:rsid w:val="007A07CB"/>
     <w:rsid w:val="0080036D"/>
+    <w:rsid w:val="00813033"/>
     <w:rsid w:val="008524BE"/>
     <w:rsid w:val="0087406F"/>
     <w:rsid w:val="008D7EC4"/>
     <w:rsid w:val="00911D0A"/>
-    <w:rsid w:val="00952911"/>
+    <w:rsid w:val="00941B70"/>
+    <w:rsid w:val="00944FE3"/>
     <w:rsid w:val="00990B53"/>
+    <w:rsid w:val="009A1110"/>
+    <w:rsid w:val="009A699D"/>
     <w:rsid w:val="009D1BCA"/>
-    <w:rsid w:val="009F3734"/>
     <w:rsid w:val="00A15AC0"/>
     <w:rsid w:val="00A1683F"/>
+    <w:rsid w:val="00A31762"/>
+    <w:rsid w:val="00A537F3"/>
     <w:rsid w:val="00A67EDD"/>
+    <w:rsid w:val="00A818BD"/>
     <w:rsid w:val="00A91FCC"/>
+    <w:rsid w:val="00AC1443"/>
     <w:rsid w:val="00AF28AA"/>
     <w:rsid w:val="00B06E96"/>
-    <w:rsid w:val="00B21226"/>
-    <w:rsid w:val="00B61D55"/>
+    <w:rsid w:val="00B17C9C"/>
+    <w:rsid w:val="00BB2F3F"/>
     <w:rsid w:val="00BC2CE6"/>
+    <w:rsid w:val="00BD5EF2"/>
+    <w:rsid w:val="00BF4B75"/>
     <w:rsid w:val="00BF5BB1"/>
-    <w:rsid w:val="00BF5F3A"/>
     <w:rsid w:val="00C1752D"/>
+    <w:rsid w:val="00C2204D"/>
     <w:rsid w:val="00C72B6C"/>
-    <w:rsid w:val="00D27FAD"/>
+    <w:rsid w:val="00C82011"/>
+    <w:rsid w:val="00CC4292"/>
+    <w:rsid w:val="00D25EA8"/>
+    <w:rsid w:val="00D3223A"/>
+    <w:rsid w:val="00D40C08"/>
     <w:rsid w:val="00D42581"/>
     <w:rsid w:val="00DC7F3E"/>
+    <w:rsid w:val="00DD575C"/>
+    <w:rsid w:val="00DF3DF7"/>
     <w:rsid w:val="00E32DA5"/>
+    <w:rsid w:val="00E4175C"/>
+    <w:rsid w:val="00EA0A33"/>
     <w:rsid w:val="00EC6B3B"/>
+    <w:rsid w:val="00EF4B8A"/>
+    <w:rsid w:val="00EF5769"/>
     <w:rsid w:val="00F620FA"/>
-    <w:rsid w:val="00FC2480"/>
+    <w:rsid w:val="00F70852"/>
+    <w:rsid w:val="00F8337A"/>
+    <w:rsid w:val="00F83576"/>
+    <w:rsid w:val="00FB2C47"/>
     <w:rsid w:val="00FC592F"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
-    <m:smallFrac m:val="off"/>
+    <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="cs-CZ"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="2050"/>
+    <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
+  <w14:docId w14:val="7300F028"/>
+  <w15:docId w15:val="{9CE513EA-5B5C-47DD-AAD4-B953AC5C77AD}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="cs-CZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
-  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="1" w:defUnhideWhenUsed="1" w:defQFormat="0" w:count="267">
-[...136 lines deleted...]
-    <w:lsdException w:name="TOC Heading" w:uiPriority="39" w:qFormat="1"/>
+  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="375">
+    <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
+    <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 9" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 1" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="toc 2" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="toc 3" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="toc 4" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 5" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 6" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 7" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 8" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 9" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Normal Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="footnote text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="annotation text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="header" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="footer" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="caption" w:semiHidden="1" w:uiPriority="35" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="table of figures" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="envelope address" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="envelope return" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="footnote reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="annotation reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="line number" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="page number" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="endnote reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="endnote text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="table of authorities" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="macro" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toa heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Bullet" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Number" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Bullet 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Bullet 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Bullet 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Bullet 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Number 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Number 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Number 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Number 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Title" w:uiPriority="10" w:qFormat="1"/>
+    <w:lsdException w:name="Closing" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Signature" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Default Paragraph Font" w:semiHidden="1" w:uiPriority="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Continue" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Continue 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Continue 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Continue 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Continue 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Message Header" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Subtitle" w:uiPriority="11" w:qFormat="1"/>
+    <w:lsdException w:name="Salutation" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Date" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text First Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text First Indent 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Note Heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text Indent 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text Indent 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Block Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="FollowedHyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Strong" w:uiPriority="22" w:qFormat="1"/>
+    <w:lsdException w:name="Emphasis" w:uiPriority="20" w:qFormat="1"/>
+    <w:lsdException w:name="Document Map" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Plain Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="E-mail Signature" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Top of Form" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Bottom of Form" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Normal (Web)" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Acronym" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Address" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Cite" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Code" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Definition" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Keyboard" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Preformatted" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Sample" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Typewriter" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Variable" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="annotation subject" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="No List" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Outline List 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Outline List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Outline List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Simple 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Simple 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Simple 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Classic 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Classic 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Classic 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Classic 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Colorful 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Colorful 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Colorful 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table 3D effects 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table 3D effects 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table 3D effects 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Contemporary" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Elegant" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Professional" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Subtle 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Web 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Web 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Balloon Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid" w:uiPriority="59"/>
+    <w:lsdException w:name="Table Theme" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Placeholder Text" w:semiHidden="1"/>
+    <w:lsdException w:name="No Spacing" w:uiPriority="1" w:qFormat="1"/>
+    <w:lsdException w:name="Light Shading" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 1" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 1" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 1" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 1" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 1" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 1" w:uiPriority="65"/>
+    <w:lsdException w:name="Revision" w:semiHidden="1"/>
+    <w:lsdException w:name="List Paragraph" w:uiPriority="34" w:qFormat="1"/>
+    <w:lsdException w:name="Quote" w:uiPriority="29" w:qFormat="1"/>
+    <w:lsdException w:name="Intense Quote" w:uiPriority="30" w:qFormat="1"/>
+    <w:lsdException w:name="Medium List 2 Accent 1" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 1" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 1" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 1" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 1" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 1" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 1" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 1" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 2" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 2" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 2" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 2" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 2" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 2" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2 Accent 2" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 2" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 2" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 2" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 2" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 2" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 2" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 2" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 3" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 3" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 3" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 3" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 3" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 3" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2 Accent 3" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 3" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 3" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 3" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 3" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 3" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 3" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 3" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 4" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 4" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 4" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 4" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 4" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 4" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2 Accent 4" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 4" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 4" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 4" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 4" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 4" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 4" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 4" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 5" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 5" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 5" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 5" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 5" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 5" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2 Accent 5" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 5" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 5" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 5" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 5" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 5" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 5" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 5" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 6" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 6" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 6" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 6" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 6" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 6" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2 Accent 6" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 6" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 6" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 6" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 6" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 6" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 6" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 6" w:uiPriority="73"/>
+    <w:lsdException w:name="Subtle Emphasis" w:uiPriority="19" w:qFormat="1"/>
+    <w:lsdException w:name="Intense Emphasis" w:uiPriority="21" w:qFormat="1"/>
+    <w:lsdException w:name="Subtle Reference" w:uiPriority="31" w:qFormat="1"/>
+    <w:lsdException w:name="Intense Reference" w:uiPriority="32" w:qFormat="1"/>
+    <w:lsdException w:name="Book Title" w:uiPriority="33" w:qFormat="1"/>
+    <w:lsdException w:name="Bibliography" w:semiHidden="1" w:uiPriority="37" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="TOC Heading" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="Plain Table 1" w:uiPriority="41"/>
+    <w:lsdException w:name="Plain Table 2" w:uiPriority="42"/>
+    <w:lsdException w:name="Plain Table 3" w:uiPriority="43"/>
+    <w:lsdException w:name="Plain Table 4" w:uiPriority="44"/>
+    <w:lsdException w:name="Plain Table 5" w:uiPriority="45"/>
+    <w:lsdException w:name="Grid Table Light" w:uiPriority="40"/>
+    <w:lsdException w:name="Grid Table 1 Light" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 1" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 1" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 1" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 1" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 1" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 1" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 1" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 2" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 2" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 2" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 2" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 2" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 2" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 2" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 3" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 3" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 3" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 3" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 3" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 3" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 3" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 4" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 4" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 4" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 4" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 4" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 4" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 4" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 5" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 5" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 5" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 5" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 5" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 5" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 5" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 6" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 6" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 6" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 6" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 6" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 6" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 6" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 1" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 1" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 1" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 1" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 1" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 1" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 1" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 2" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 2" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 2" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 2" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 2" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 2" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 2" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 3" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 3" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 3" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 3" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 3" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 3" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 3" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 4" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 4" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 4" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 4" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 4" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
+    <w:lsdException w:name="Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Hashtag" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="Normln">
     <w:name w:val="Normal"/>
     <w:qFormat/>
-    <w:rsid w:val="00C72B6C"/>
+    <w:rsid w:val="00CC4292"/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Nadpis1">
     <w:name w:val="heading 1"/>
     <w:basedOn w:val="Styl1"/>
     <w:next w:val="Normln"/>
     <w:link w:val="Nadpis1Char"/>
     <w:uiPriority w:val="9"/>
     <w:qFormat/>
     <w:rsid w:val="0065770C"/>
     <w:pPr>
       <w:numPr>
         <w:numId w:val="3"/>
       </w:numPr>
       <w:spacing w:after="480"/>
       <w:outlineLvl w:val="0"/>
     </w:pPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Nadpis2">
     <w:name w:val="heading 2"/>
     <w:basedOn w:val="Normln"/>
     <w:next w:val="Normln"/>
     <w:link w:val="Nadpis2Char"/>
     <w:uiPriority w:val="9"/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
@@ -4953,147 +3335,133 @@
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:rsid w:val="00226654"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:numPr>
         <w:ilvl w:val="8"/>
         <w:numId w:val="3"/>
       </w:numPr>
       <w:spacing w:before="200" w:after="0"/>
       <w:outlineLvl w:val="8"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
       <w:i/>
       <w:iCs/>
       <w:color w:val="404040" w:themeColor="text1" w:themeTint="BF"/>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="Standardnpsmoodstavce">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
-    <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="Normlntabulka">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
-    <w:qFormat/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="Bezseznamu">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:styleId="Mkatabulky">
     <w:name w:val="Table Grid"/>
     <w:basedOn w:val="Normlntabulka"/>
     <w:uiPriority w:val="59"/>
     <w:rsid w:val="0069515C"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:tblPr>
-      <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
       </w:tblBorders>
-      <w:tblCellMar>
-[...4 lines deleted...]
-      </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Odstavecseseznamem">
     <w:name w:val="List Paragraph"/>
     <w:basedOn w:val="Normln"/>
     <w:link w:val="OdstavecseseznamemChar"/>
     <w:uiPriority w:val="34"/>
     <w:qFormat/>
     <w:rsid w:val="00A67EDD"/>
     <w:pPr>
       <w:ind w:left="720"/>
       <w:contextualSpacing/>
     </w:pPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Styl1">
     <w:name w:val="Styl1"/>
     <w:basedOn w:val="Odstavecseseznamem"/>
     <w:link w:val="Styl1Char"/>
     <w:qFormat/>
     <w:rsid w:val="00B06E96"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:ind w:left="0"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:b/>
       <w:bCs/>
       <w:sz w:val="32"/>
       <w:szCs w:val="32"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Obsah1">
     <w:name w:val="toc 1"/>
     <w:basedOn w:val="Normln"/>
     <w:next w:val="Normln"/>
     <w:autoRedefine/>
     <w:uiPriority w:val="39"/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
-    <w:rsid w:val="000D6C28"/>
+    <w:rsid w:val="00A15AC0"/>
     <w:pPr>
-      <w:tabs>
-[...2 lines deleted...]
-      </w:tabs>
       <w:spacing w:before="120" w:after="0"/>
-      <w:ind w:left="426" w:hanging="426"/>
     </w:pPr>
     <w:rPr>
       <w:b/>
       <w:bCs/>
       <w:i/>
       <w:iCs/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="OdstavecseseznamemChar">
     <w:name w:val="Odstavec se seznamem Char"/>
     <w:basedOn w:val="Standardnpsmoodstavce"/>
     <w:link w:val="Odstavecseseznamem"/>
     <w:uiPriority w:val="34"/>
     <w:rsid w:val="00B06E96"/>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="Styl1Char">
     <w:name w:val="Styl1 Char"/>
     <w:basedOn w:val="OdstavecseseznamemChar"/>
     <w:link w:val="Styl1"/>
     <w:rsid w:val="00B06E96"/>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:b/>
@@ -5457,851 +3825,227 @@
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="00EC6B3B"/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Zpat">
     <w:name w:val="footer"/>
     <w:basedOn w:val="Normln"/>
     <w:link w:val="ZpatChar"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00EC6B3B"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4536"/>
         <w:tab w:val="right" w:pos="9072"/>
       </w:tabs>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="ZpatChar">
     <w:name w:val="Zápatí Char"/>
     <w:basedOn w:val="Standardnpsmoodstavce"/>
     <w:link w:val="Zpat"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="00EC6B3B"/>
   </w:style>
-</w:styles>
-[...179 lines deleted...]
-    <w:name w:val="heading 2"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="hps">
+    <w:name w:val="hps"/>
+    <w:basedOn w:val="Standardnpsmoodstavce"/>
+    <w:rsid w:val="002A072B"/>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="shorttext">
+    <w:name w:val="short_text"/>
+    <w:basedOn w:val="Standardnpsmoodstavce"/>
+    <w:rsid w:val="002A072B"/>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="alt-edited">
+    <w:name w:val="alt-edited"/>
+    <w:basedOn w:val="Standardnpsmoodstavce"/>
+    <w:rsid w:val="005B1F7E"/>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Normlnweb">
+    <w:name w:val="Normal (Web)"/>
     <w:basedOn w:val="Normln"/>
-    <w:next w:val="Normln"/>
-[...221 lines deleted...]
-    <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
-    <w:tblPr>
-[...19 lines deleted...]
-    <w:rsid w:val="0069515C"/>
+    <w:rsid w:val="00174AFD"/>
     <w:pPr>
-      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-[...39 lines deleted...]
-      <w:ind w:left="0"/>
+      <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...21 lines deleted...]
-      <w:iCs/>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
+      <w:lang w:eastAsia="cs-CZ"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="OdstavecseseznamemChar">
-    <w:name w:val="Odstavec se seznamem Char"/>
+  <w:style w:type="character" w:styleId="Siln">
+    <w:name w:val="Strong"/>
     <w:basedOn w:val="Standardnpsmoodstavce"/>
-    <w:link w:val="Odstavecseseznamem"/>
-[...27 lines deleted...]
-    </w:pPr>
+    <w:uiPriority w:val="22"/>
+    <w:qFormat/>
+    <w:rsid w:val="00174AFD"/>
     <w:rPr>
       <w:b/>
       <w:bCs/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Obsah3">
-[...119 lines deleted...]
-    <w:name w:val="Hyperlink"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="whitespace-normal">
+    <w:name w:val="whitespace-normal"/>
     <w:basedOn w:val="Standardnpsmoodstavce"/>
-    <w:uiPriority w:val="99"/>
-[...133 lines deleted...]
-    </w:rPr>
+    <w:rsid w:val="00174AFD"/>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid">
   <w:divs>
+    <w:div w:id="1468013342">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="1565215021">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+      <w:divsChild>
+        <w:div w:id="994379195">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+          <w:divsChild>
+            <w:div w:id="166791654">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+          </w:divsChild>
+        </w:div>
+      </w:divsChild>
+    </w:div>
+    <w:div w:id="1645423722">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+      <w:divsChild>
+        <w:div w:id="793328033">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+          <w:divsChild>
+            <w:div w:id="1299412591">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+              <w:divsChild>
+                <w:div w:id="491797780">
+                  <w:marLeft w:val="0"/>
+                  <w:marRight w:val="0"/>
+                  <w:marTop w:val="0"/>
+                  <w:marBottom w:val="0"/>
+                  <w:divBdr>
+                    <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                  </w:divBdr>
+                  <w:divsChild>
+                    <w:div w:id="858156117">
+                      <w:marLeft w:val="0"/>
+                      <w:marRight w:val="0"/>
+                      <w:marTop w:val="0"/>
+                      <w:marBottom w:val="0"/>
+                      <w:divBdr>
+                        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                      </w:divBdr>
+                    </w:div>
+                  </w:divsChild>
+                </w:div>
+              </w:divsChild>
+            </w:div>
+          </w:divsChild>
+        </w:div>
+      </w:divsChild>
+    </w:div>
     <w:div w:id="2085374071">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
       <w:divsChild>
         <w:div w:id="196509240">
           <w:marLeft w:val="0"/>
           <w:marRight w:val="0"/>
           <w:marTop w:val="0"/>
           <w:marBottom w:val="0"/>
           <w:divBdr>
             <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           </w:divBdr>
         </w:div>
@@ -6365,51 +4109,55 @@
             <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           </w:divBdr>
         </w:div>
         <w:div w:id="1051005343">
           <w:marLeft w:val="0"/>
           <w:marRight w:val="0"/>
           <w:marTop w:val="0"/>
           <w:marBottom w:val="0"/>
           <w:divBdr>
             <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           </w:divBdr>
         </w:div>
       </w:divsChild>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
   <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.jpeg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId12" Type="http://schemas.microsoft.com/office/2007/relationships/stylesWithEffects" Target="stylesWithEffects.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/></Relationships>
+</file>
+
+<file path=word/_rels/header1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.emf"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Motiv systému Office">
   <a:themeElements>
     <a:clrScheme name="Kancelář">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>
@@ -6662,77 +4410,86 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APA.XSL" StyleName="APA"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{11CB2E09-21DF-45A5-A63D-0A738F212B0A}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{82ABD063-CC50-415C-B080-F9E8749DF9D8}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
-  <Template>Normal</Template>
+  <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
-  <Pages>10</Pages>
-[...1 lines deleted...]
-  <Characters>3470</Characters>
+  <Pages>5</Pages>
+  <Words>366</Words>
+  <Characters>2166</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>28</Lines>
-  <Paragraphs>8</Paragraphs>
+  <Lines>18</Lines>
+  <Paragraphs>5</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Název</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company>Microsoft</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>4050</CharactersWithSpaces>
+  <CharactersWithSpaces>2527</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
-  <dc:creator>Keilová</dc:creator>
+  <dc:creator>uzivatel</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
+  <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
+
+<file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
+<Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="GrammarlyDocumentId">
+    <vt:lpwstr>bdf0e419-605f-4d0d-b977-95990d2175b1</vt:lpwstr>
+  </property>
+</Properties>
+</file>